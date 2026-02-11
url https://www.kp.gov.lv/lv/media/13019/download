--- v0 (2025-11-10)
+++ v1 (2026-02-11)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3171BA46-444D-419B-BEAE-8903E09D9259}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6CC45E47-4489-413D-8E00-06277DF42BFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{60B31A73-B587-4DFB-9C65-FBBAD35560D1}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{60B31A73-B587-4DFB-9C65-FBBAD35560D1}"/>
   </bookViews>
   <sheets>
     <sheet name="Apvienošanās Lietas" sheetId="1" r:id="rId1"/>
     <sheet name="Dalībnieki" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1105" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1195" uniqueCount="458">
   <si>
     <t>N.p.k</t>
   </si>
   <si>
     <t>Gads</t>
   </si>
   <si>
     <t>Lietas Nr.</t>
   </si>
   <si>
     <t>Lietas nosaukums</t>
   </si>
   <si>
     <t>Paziņošanas pienākums</t>
   </si>
   <si>
     <t>Iesniegts ziņojuma projekts</t>
   </si>
   <si>
     <t>Konsultāciju uzsākšanas datums</t>
   </si>
   <si>
     <t>Ziņojuma veids</t>
   </si>
   <si>
@@ -1313,50 +1313,143 @@
     <t>SIA "TRANZĪTS L"</t>
   </si>
   <si>
     <t>SIA "Circle K Latvia"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību “ASTARTE NAFTA”</t>
   </si>
   <si>
     <t>SIA "CODEX"</t>
   </si>
   <si>
     <t>62.01 Datorprogrammēšana</t>
   </si>
   <si>
     <t>Visma Consulting SIA</t>
   </si>
   <si>
     <t>IPAS "Indexo"</t>
   </si>
   <si>
     <t>AS DelfinGroup</t>
   </si>
   <si>
     <t>64.92 Citi kreditēšanas pakalpojumi</t>
+  </si>
+  <si>
+    <t>KL/2.2-4.1/25/19</t>
+  </si>
+  <si>
+    <t>Par AS "Veselības centru apvienība" un Sabiedrības ar ierobežotu atbildību "Medical plus" apvienošanos</t>
+  </si>
+  <si>
+    <t>KL/2.2-4.1/25/20</t>
+  </si>
+  <si>
+    <t>Par Sabiedrības ar ierobežotu atbildību “NAFTIMPEKS” un Sabiedrības ar ierobežotu atbildību “ASTARTE-NAFTA” aktīvu apvienošanos</t>
+  </si>
+  <si>
+    <t>KL/2.2-4.1/25/6</t>
+  </si>
+  <si>
+    <t>“Par Nextwood Two GmbH un Sabiedrības ar ierobežotu atbildību "KUREKSS" apvienošanos”</t>
+  </si>
+  <si>
+    <t>KL/2.2-4.1/25/22</t>
+  </si>
+  <si>
+    <t>“Par “FIRMA MADARA 89 ĪPAŠUMI” SIA aktīvu Kūdras ielā 8B, Rīgā izmantošanas tiesību iegūšanu”</t>
+  </si>
+  <si>
+    <t>KL/2.2-4.1/25/24</t>
+  </si>
+  <si>
+    <t>Par AS Stena Line Ports Ventspils un Liepājas SEZ “TERRABALT” SIA apvienošanos</t>
+  </si>
+  <si>
+    <t>KL/2.2-4.1/25/25</t>
+  </si>
+  <si>
+    <t>Par SIA "Ingka Investments Latvia" un Sabiedrības ar ierobežotu atbildību “Sodra mežs”, SIA “RUDA”, Sodra Forest Latvia SIA apvienošanos</t>
+  </si>
+  <si>
+    <t>AS "Veselības centru apvienība"</t>
+  </si>
+  <si>
+    <t>86.22 Ārstu speciālistu prakses</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Medical plus"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību “NAFTIMPEKS”</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību “ASTARTE-NAFTA”</t>
+  </si>
+  <si>
+    <t>Nextwood Two GmbH</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KUREKSS"</t>
+  </si>
+  <si>
+    <t>“FIRMA MADARA 89 ĪPAŠUMI” SIA</t>
+  </si>
+  <si>
+    <t>68.20 Pašu vai nomātu nekustamo īpašumu izīrēšana un pārvaldīšana</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību “VITA mārkets”</t>
+  </si>
+  <si>
+    <t>Liepājas SEZ “TERRABALT” SIA</t>
+  </si>
+  <si>
+    <t>52.21 Sauszemes transporta palīgdarbības</t>
+  </si>
+  <si>
+    <t>AS Stena Line Ports Ventspils</t>
+  </si>
+  <si>
+    <t>52.29 Pārējās transporta palīgdarbības</t>
+  </si>
+  <si>
+    <t>SIA "Ingka Investments Latvia"</t>
+  </si>
+  <si>
+    <t>02.10 Mežkopība un citas mežsaimniecības darbības</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Sodra mežs"</t>
+  </si>
+  <si>
+    <t>SIA "RUDA"</t>
+  </si>
+  <si>
+    <t>Sodra Forest Latvia SIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -1420,77 +1513,77 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{6E26CBB9-3B80-4CD6-B23F-ABD54B8D6B51}" name="Lietas3" displayName="Lietas3" ref="A1:P73" totalsRowShown="0">
-  <autoFilter ref="A1:P73" xr:uid="{6E26CBB9-3B80-4CD6-B23F-ABD54B8D6B51}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{6E26CBB9-3B80-4CD6-B23F-ABD54B8D6B51}" name="Lietas3" displayName="Lietas3" ref="A1:P79" totalsRowShown="0">
+  <autoFilter ref="A1:P79" xr:uid="{6E26CBB9-3B80-4CD6-B23F-ABD54B8D6B51}"/>
   <tableColumns count="16">
     <tableColumn id="1" xr3:uid="{A427A570-4AE8-40F5-BB58-A95424E04405}" name="N.p.k"/>
     <tableColumn id="2" xr3:uid="{E562A202-1A61-47B5-BE2D-BB6681254BF1}" name="Gads"/>
     <tableColumn id="3" xr3:uid="{8F0AACD5-93B4-45B7-8AEE-D8EAF81E3B8E}" name="Lietas Nr." dataDxfId="13"/>
     <tableColumn id="4" xr3:uid="{8F99C7BE-F1B5-42D1-B9BC-47E1131DE0FB}" name="Lietas nosaukums" dataDxfId="12"/>
     <tableColumn id="13" xr3:uid="{25AEF621-1A74-408F-9BA0-95CDA53B92B4}" name="Paziņošanas pienākums" dataDxfId="11"/>
     <tableColumn id="14" xr3:uid="{D0E10E18-606A-4FDE-BBEE-B20A3D0D9A92}" name="Iesniegts ziņojuma projekts" dataDxfId="10"/>
     <tableColumn id="15" xr3:uid="{8213C6C6-E612-4E21-9F35-BA194EE53A43}" name="Konsultāciju uzsākšanas datums" dataDxfId="9"/>
     <tableColumn id="16" xr3:uid="{CCA1CF1F-7A24-483B-A52F-67F13D2BA716}" name="Ziņojuma veids" dataDxfId="8"/>
     <tableColumn id="17" xr3:uid="{069C7404-0C7F-4A8B-A1BC-E10BCA75322F}" name="Ziņojuma saņemšanas datums" dataDxfId="7"/>
     <tableColumn id="18" xr3:uid="{8C30F206-5C2D-47F5-B1E3-DC0CBB45AE8B}" name="Ziņojuma pilnīguma datums" dataDxfId="6"/>
     <tableColumn id="19" xr3:uid="{A4A3C143-0269-4FCC-B368-C410A7AA6F9D}" name="Nepilnību novēršanas laiks (kalendārās dienas)"/>
     <tableColumn id="20" xr3:uid="{BDDB17F2-6EBC-4DB6-BEAD-C2DC3351C0B4}" name="Lēmuma pieņemšanas datums" dataDxfId="5"/>
     <tableColumn id="22" xr3:uid="{1C6FDED9-117E-4354-8A79-4148EE2DF375}" name="Lēmuma veids" dataDxfId="4"/>
     <tableColumn id="24" xr3:uid="{3AF9474D-B6CD-43BD-8875-55E38B71E003}" name="Lietas izpētes ilgums (kalendārās dienas)"/>
     <tableColumn id="25" xr3:uid="{85DB7FEA-A35E-44B4-BD33-FFB0F6D9076E}" name="Apvienošanās fāze"/>
     <tableColumn id="31" xr3:uid="{87A37103-3928-44F2-BFF7-CC2BE04960D4}" name="Vertikāls vai horizontāls tirgus" dataDxfId="3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{F6FE6242-8775-4C86-86AE-694DAB29BCEB}" name="Dalībnieki1" displayName="Dalībnieki1" ref="A1:D195" totalsRowShown="0">
-  <autoFilter ref="A1:D195" xr:uid="{F6FE6242-8775-4C86-86AE-694DAB29BCEB}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{F6FE6242-8775-4C86-86AE-694DAB29BCEB}" name="Dalībnieki1" displayName="Dalībnieki1" ref="A1:D211" totalsRowShown="0">
+  <autoFilter ref="A1:D211" xr:uid="{F6FE6242-8775-4C86-86AE-694DAB29BCEB}"/>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{623B90FB-7D1C-4043-A7AE-1C0B1EF694CB}" name="N.p.k"/>
     <tableColumn id="2" xr3:uid="{DAEE59AE-B15C-4F29-A69E-AFFEAEF11702}" name="Apvienošanās dalībnieki" dataDxfId="2"/>
     <tableColumn id="3" xr3:uid="{1284B300-7BD5-4A84-9606-110B808FCA20}" name="NACE klasifikācija" dataDxfId="1"/>
     <tableColumn id="4" xr3:uid="{286CC4B4-1161-41BC-98FF-2386D03A7EC2}" name="Grupēšana" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
@@ -1782,54 +1875,54 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65066D44-FBDD-45D7-81EC-A903A66AE236}">
-  <dimension ref="A1:P73"/>
+  <dimension ref="A1:P79"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A25" workbookViewId="0">
-      <selection activeCell="G33" sqref="G33"/>
+    <sheetView tabSelected="1" topLeftCell="A64" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="81.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="32.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="46.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="31.140625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="45.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="20.140625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="30.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
@@ -5195,51 +5288,51 @@
         <v>410</v>
       </c>
       <c r="D71" t="s">
         <v>411</v>
       </c>
       <c r="E71" t="s">
         <v>18</v>
       </c>
       <c r="F71" t="s">
         <v>18</v>
       </c>
       <c r="G71" s="1"/>
       <c r="H71" t="s">
         <v>19</v>
       </c>
       <c r="I71" s="1">
         <v>45723</v>
       </c>
       <c r="J71" s="1">
         <v>45723</v>
       </c>
       <c r="L71" s="1">
         <v>45862</v>
       </c>
       <c r="M71" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="N71">
         <v>139</v>
       </c>
       <c r="O71">
         <v>2</v>
       </c>
       <c r="P71" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72" t="s">
         <v>412</v>
       </c>
       <c r="D72" t="s">
         <v>413</v>
       </c>
       <c r="E72" t="s">
@@ -5297,68 +5390,347 @@
         <v>18</v>
       </c>
       <c r="G73" s="1"/>
       <c r="H73" t="s">
         <v>19</v>
       </c>
       <c r="I73" s="1">
         <v>45881</v>
       </c>
       <c r="J73" s="1">
         <v>45881</v>
       </c>
       <c r="L73" s="1">
         <v>45890</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73">
         <v>9</v>
       </c>
       <c r="O73">
         <v>1</v>
       </c>
       <c r="P73" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A74">
+        <v>73</v>
+      </c>
+      <c r="B74">
+        <v>2025</v>
+      </c>
+      <c r="C74" t="s">
+        <v>427</v>
+      </c>
+      <c r="D74" t="s">
+        <v>428</v>
+      </c>
+      <c r="E74" t="s">
+        <v>18</v>
+      </c>
+      <c r="F74" t="s">
+        <v>24</v>
+      </c>
+      <c r="G74" s="1"/>
+      <c r="H74" t="s">
+        <v>19</v>
+      </c>
+      <c r="I74" s="1">
+        <v>45918</v>
+      </c>
+      <c r="J74" s="1">
+        <v>45918</v>
+      </c>
+      <c r="L74" s="1">
+        <v>45946</v>
+      </c>
+      <c r="M74" t="s">
+        <v>20</v>
+      </c>
+      <c r="N74">
+        <v>28</v>
+      </c>
+      <c r="O74">
+        <v>1</v>
+      </c>
+      <c r="P74" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A75">
+        <v>74</v>
+      </c>
+      <c r="B75">
+        <v>2025</v>
+      </c>
+      <c r="C75" t="s">
+        <v>429</v>
+      </c>
+      <c r="D75" t="s">
+        <v>430</v>
+      </c>
+      <c r="E75" t="s">
+        <v>18</v>
+      </c>
+      <c r="F75" t="s">
+        <v>24</v>
+      </c>
+      <c r="G75" s="1"/>
+      <c r="H75" t="s">
+        <v>19</v>
+      </c>
+      <c r="I75" s="1">
+        <v>45891</v>
+      </c>
+      <c r="J75" s="1">
+        <v>45931</v>
+      </c>
+      <c r="K75">
+        <v>40</v>
+      </c>
+      <c r="L75" s="1">
+        <v>45953</v>
+      </c>
+      <c r="M75" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75">
+        <v>22</v>
+      </c>
+      <c r="O75">
+        <v>1</v>
+      </c>
+      <c r="P75" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A76">
+        <v>75</v>
+      </c>
+      <c r="B76">
+        <v>2025</v>
+      </c>
+      <c r="C76" t="s">
+        <v>431</v>
+      </c>
+      <c r="D76" t="s">
+        <v>432</v>
+      </c>
+      <c r="E76" t="s">
+        <v>18</v>
+      </c>
+      <c r="F76" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76" s="1"/>
+      <c r="H76" t="s">
+        <v>19</v>
+      </c>
+      <c r="I76" s="1">
+        <v>45824</v>
+      </c>
+      <c r="J76" s="1">
+        <v>45827</v>
+      </c>
+      <c r="K76">
+        <v>3</v>
+      </c>
+      <c r="L76" s="1">
+        <v>45946</v>
+      </c>
+      <c r="M76" t="s">
+        <v>20</v>
+      </c>
+      <c r="N76">
+        <v>119</v>
+      </c>
+      <c r="O76">
+        <v>2</v>
+      </c>
+      <c r="P76" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A77">
+        <v>76</v>
+      </c>
+      <c r="B77">
+        <v>2025</v>
+      </c>
+      <c r="C77" t="s">
+        <v>433</v>
+      </c>
+      <c r="D77" t="s">
+        <v>434</v>
+      </c>
+      <c r="E77" t="s">
+        <v>18</v>
+      </c>
+      <c r="F77" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" s="1"/>
+      <c r="H77" t="s">
+        <v>27</v>
+      </c>
+      <c r="I77" s="1">
+        <v>45947</v>
+      </c>
+      <c r="J77" s="1">
+        <v>45954</v>
+      </c>
+      <c r="K77">
+        <v>7</v>
+      </c>
+      <c r="L77" s="1">
+        <v>45967</v>
+      </c>
+      <c r="M77" t="s">
+        <v>20</v>
+      </c>
+      <c r="N77">
+        <v>13</v>
+      </c>
+      <c r="O77">
+        <v>1</v>
+      </c>
+      <c r="P77" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A78">
+        <v>77</v>
+      </c>
+      <c r="B78">
+        <v>2025</v>
+      </c>
+      <c r="C78" t="s">
+        <v>435</v>
+      </c>
+      <c r="D78" t="s">
+        <v>436</v>
+      </c>
+      <c r="E78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F78" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="1"/>
+      <c r="H78" t="s">
+        <v>27</v>
+      </c>
+      <c r="I78" s="1">
+        <v>45971</v>
+      </c>
+      <c r="J78" s="1">
+        <v>45971</v>
+      </c>
+      <c r="L78" s="1">
+        <v>45999</v>
+      </c>
+      <c r="M78" t="s">
+        <v>20</v>
+      </c>
+      <c r="N78">
+        <v>28</v>
+      </c>
+      <c r="O78">
+        <v>1</v>
+      </c>
+      <c r="P78" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A79">
+        <v>78</v>
+      </c>
+      <c r="B79">
+        <v>2025</v>
+      </c>
+      <c r="C79" t="s">
+        <v>437</v>
+      </c>
+      <c r="D79" t="s">
+        <v>438</v>
+      </c>
+      <c r="E79" t="s">
+        <v>18</v>
+      </c>
+      <c r="F79" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="1"/>
+      <c r="H79" t="s">
+        <v>27</v>
+      </c>
+      <c r="I79" s="1">
+        <v>45980</v>
+      </c>
+      <c r="J79" s="1">
+        <v>45980</v>
+      </c>
+      <c r="L79" s="1">
+        <v>46009</v>
+      </c>
+      <c r="M79" t="s">
+        <v>20</v>
+      </c>
+      <c r="N79">
+        <v>29</v>
+      </c>
+      <c r="O79">
+        <v>1</v>
+      </c>
+      <c r="P79" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE444D89-1347-4C53-8514-33B7E92BA954}">
-  <dimension ref="A1:D195"/>
+  <dimension ref="A1:D211"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F21" sqref="F21"/>
+    <sheetView topLeftCell="A199" workbookViewId="0">
+      <selection activeCell="C224" sqref="C224"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="81.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="72.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>151</v>
       </c>
       <c r="C1" t="s">
         <v>152</v>
       </c>
       <c r="D1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2">
@@ -8042,60 +8414,284 @@
         <v>423</v>
       </c>
       <c r="C193" t="s">
         <v>422</v>
       </c>
       <c r="D193" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194">
         <v>72</v>
       </c>
       <c r="B194" t="s">
         <v>424</v>
       </c>
       <c r="C194" t="s">
         <v>305</v>
       </c>
       <c r="D194" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="195" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A195">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B195" t="s">
         <v>425</v>
       </c>
       <c r="C195" t="s">
         <v>426</v>
       </c>
       <c r="D195" t="s">
         <v>206</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A196">
+        <v>73</v>
+      </c>
+      <c r="B196" t="s">
+        <v>439</v>
+      </c>
+      <c r="C196" t="s">
+        <v>440</v>
+      </c>
+      <c r="D196" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A197">
+        <v>73</v>
+      </c>
+      <c r="B197" t="s">
+        <v>441</v>
+      </c>
+      <c r="C197" t="s">
+        <v>440</v>
+      </c>
+      <c r="D197" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A198">
+        <v>74</v>
+      </c>
+      <c r="B198" t="s">
+        <v>442</v>
+      </c>
+      <c r="C198" t="s">
+        <v>275</v>
+      </c>
+      <c r="D198" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A199">
+        <v>74</v>
+      </c>
+      <c r="B199" t="s">
+        <v>443</v>
+      </c>
+      <c r="C199" t="s">
+        <v>192</v>
+      </c>
+      <c r="D199" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A200">
+        <v>75</v>
+      </c>
+      <c r="B200" t="s">
+        <v>444</v>
+      </c>
+      <c r="C200" t="s">
+        <v>273</v>
+      </c>
+      <c r="D200" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A201">
+        <v>75</v>
+      </c>
+      <c r="B201" t="s">
+        <v>445</v>
+      </c>
+      <c r="C201" t="s">
+        <v>296</v>
+      </c>
+      <c r="D201" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A202">
+        <v>76</v>
+      </c>
+      <c r="B202" t="s">
+        <v>446</v>
+      </c>
+      <c r="C202" t="s">
+        <v>447</v>
+      </c>
+      <c r="D202" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A203">
+        <v>76</v>
+      </c>
+      <c r="B203" t="s">
+        <v>448</v>
+      </c>
+      <c r="C203" t="s">
+        <v>285</v>
+      </c>
+      <c r="D203" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A204">
+        <v>77</v>
+      </c>
+      <c r="B204" t="s">
+        <v>449</v>
+      </c>
+      <c r="C204" t="s">
+        <v>275</v>
+      </c>
+      <c r="D204" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A205">
+        <v>77</v>
+      </c>
+      <c r="B205" t="s">
+        <v>449</v>
+      </c>
+      <c r="C205" t="s">
+        <v>450</v>
+      </c>
+      <c r="D205" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A206">
+        <v>77</v>
+      </c>
+      <c r="B206" t="s">
+        <v>451</v>
+      </c>
+      <c r="C206" t="s">
+        <v>275</v>
+      </c>
+      <c r="D206" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A207">
+        <v>77</v>
+      </c>
+      <c r="B207" t="s">
+        <v>451</v>
+      </c>
+      <c r="C207" t="s">
+        <v>452</v>
+      </c>
+      <c r="D207" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A208">
+        <v>78</v>
+      </c>
+      <c r="B208" t="s">
+        <v>453</v>
+      </c>
+      <c r="C208" t="s">
+        <v>454</v>
+      </c>
+      <c r="D208" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A209">
+        <v>78</v>
+      </c>
+      <c r="B209" t="s">
+        <v>455</v>
+      </c>
+      <c r="C209" t="s">
+        <v>454</v>
+      </c>
+      <c r="D209" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A210">
+        <v>78</v>
+      </c>
+      <c r="B210" t="s">
+        <v>456</v>
+      </c>
+      <c r="C210" t="s">
+        <v>454</v>
+      </c>
+      <c r="D210" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A211">
+        <v>78</v>
+      </c>
+      <c r="B211" t="s">
+        <v>457</v>
+      </c>
+      <c r="C211" t="s">
+        <v>454</v>
+      </c>
+      <c r="D211" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>